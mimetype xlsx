--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl</t>
+  </si>
+  <si>
+    <t>Schädigungsgrad</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nicht geschädigt</t>
+  </si>
+  <si>
+    <t>schwach geschädigt</t>
+  </si>
+  <si>
+    <t>mässig geschädigt</t>
+  </si>
+  <si>
+    <t>stark geschädigt</t>
+  </si>
+  <si>
+    <t>sehr stark geschädigt</t>
+  </si>
+  <si>
+    <t>tot</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1378627/560389</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage</t>
+      <t xml:space="preserve">Schädigungsgrad</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #593</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) classified into six classes according to the damage occurred. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grad der Schädigung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) aufgrund der vorkommenden Schäden in sechs Klassen. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1378627/560389</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage</t>
+            <t xml:space="preserve">Schädigungsgrad</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #593</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>