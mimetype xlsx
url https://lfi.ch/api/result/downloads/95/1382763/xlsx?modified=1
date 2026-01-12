--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro valanghe (2022) · area basimetrica (alberi vivi in piedi; 4 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · basal area (standing-living - in 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,290 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
-[...5 lines deleted...]
-    <t>area basimetrica (alberi vivi in piedi; 4 classi)</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>basal area (standing-living - in 4 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=19 m2/ha</t>
   </si>
   <si>
     <t>20-39 m2/ha</t>
   </si>
   <si>
     <t>40-59 m2/ha</t>
   </si>
   <si>
     <t>=60 m2/ha</t>
   </si>
   <si>
-    <t>totale</t>
-[...5 lines deleted...]
-    <t>all'esterno</t>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1382763/564525</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
+      <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1328</t>
     </r>
   </si>
   <si>
-    <t>Area basimetrica all'ettaro degli alberi e arbusti vivi in piedi con diametro a petto d'uomo (DPU) di almeno 12 cm, in quattro classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -5145,51 +5145,51 @@
         <v>49.2</v>
       </c>
       <c r="AZ36" s="7">
         <v>8</v>
       </c>
       <c r="BA36" s="7">
         <v>1049.5</v>
       </c>
       <c r="BB36" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1382763/564525</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -5227,226 +5227,226 @@
       <c r="AR37" s="3"/>
       <c r="AS37" s="3"/>
       <c r="AT37" s="3"/>
       <c r="AU37" s="3"/>
       <c r="AV37" s="3"/>
       <c r="AW37" s="3"/>
       <c r="AX37" s="3"/>
       <c r="AY37" s="3"/>
       <c r="AZ37" s="3"/>
       <c r="BA37" s="3"/>
       <c r="BB37" s="3"/>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:54">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:54" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
+            <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1328</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>