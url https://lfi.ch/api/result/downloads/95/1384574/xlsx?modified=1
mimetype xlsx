--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>slope (in 20% classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Neigung (20%-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>bis 20 %</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1384574/566341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">Neigung (20%-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1384574/566341</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">Neigung (20%-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>