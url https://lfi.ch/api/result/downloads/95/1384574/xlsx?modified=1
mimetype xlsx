--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Neigung (20%-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bis 20 %</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1384574/566341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Superficie che nei cinque inventari IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1384574/566341</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>