--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>NFI2–NFI3</t>
+    <t>LFI2–LFI3</t>
   </si>
   <si>
-    <t>fellings</t>
+    <t>Nutzung</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022) · main tree species</t>
+    <t>Schutzwald gegen Gerinneprozesse (2022) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2004/06</t>
+    <t>Veränderung 1993/95–2004/06</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022)</t>
+    <t>Schutzwald gegen Gerinneprozesse (2022)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
-    <t>1000 m³/yr</t>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>innerhalb</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386624/568396</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings</t>
+      <t xml:space="preserve">Nutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #15</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested between two inventories.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren forstlich genutzt wurden.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,81 +801,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="A5" t="s">
@@ -6854,51 +6854,51 @@
         <v>104</v>
       </c>
       <c r="AD72" s="6">
         <v>29</v>
       </c>
       <c r="AE72" s="6">
         <v>7166</v>
       </c>
       <c r="AF72" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386624/568396</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6914,226 +6914,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings</t>
+            <t xml:space="preserve">Nutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #15</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>