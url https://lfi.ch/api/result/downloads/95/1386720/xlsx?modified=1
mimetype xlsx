--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI3–NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI3–LFI4</t>
+  </si>
+  <si>
+    <t>Nutzung</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2004/06–2009/17</t>
-[...50 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Veränderung 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386720/568492</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings</t>
+      <t xml:space="preserve">Nutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #15</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested between two inventories.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren forstlich genutzt wurden.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,80 +757,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -2366,51 +2366,51 @@
         <v>133</v>
       </c>
       <c r="AC26" s="6">
         <v>39</v>
       </c>
       <c r="AD26" s="6">
         <v>7615</v>
       </c>
       <c r="AE26" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386720/568492</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings</t>
+            <t xml:space="preserve">Nutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #15</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>