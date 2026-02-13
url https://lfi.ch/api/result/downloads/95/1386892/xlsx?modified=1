--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Schutz gegen Naturgefahren</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de protection contre les dangers naturels</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386892/568664</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
+      <t xml:space="preserve">fonction de protection contre les dangers naturels</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1754</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Schutz gegen Naturgefahren» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Unter «Naturgefahren» werden Lawinen, Steinschlag, Hangmuren, Rutschungen oder Gerinneprozesse verstanden. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection contre les dangers naturels» selon la planification forestière ou l'évaluation experte par le service forestier local. Par «dangers naturels», on entend les avalanches, les chutes de pierres, les coulées de boue, les glissements de terrain ou les processus liés aux cours d'eau. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386892/568664</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
+            <t xml:space="preserve">fonction de protection contre les dangers naturels</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1754</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>