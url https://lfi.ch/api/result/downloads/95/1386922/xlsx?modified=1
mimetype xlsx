--- v0 (2025-10-01)
+++ v1 (2026-02-13)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function «protection against natural hazards»</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de protection contre les dangers naturels</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...2 lines deleted...]
-    <t>yes</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386922/568694</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function «protection against natural hazards»</t>
+      <t xml:space="preserve">fonction de protection contre les dangers naturels</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1754</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function «protection against natural hazards» according to forest plans or an assessment by the local forest service. The term «natural hazards» refers to avalanches, rockfall, landslides, landslides and channel processes. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection contre les dangers naturels» selon la planification forestière ou l'évaluation experte par le service forestier local. Par «dangers naturels», on entend les avalanches, les chutes de pierres, les coulées de boue, les glissements de terrain ou les processus liés aux cours d'eau. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>124.9</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
       <c r="N16" s="6">
         <v>1049.5</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386922/568694</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function «protection against natural hazards»</t>
+            <t xml:space="preserve">fonction de protection contre les dangers naturels</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1754</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>