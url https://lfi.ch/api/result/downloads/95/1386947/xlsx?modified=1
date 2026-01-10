--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function «protection against natural hazards»</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione contro i pericoli naturali</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>si</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386947/568719</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function «protection against natural hazards»</t>
+      <t xml:space="preserve">funzione di protezione contro i pericoli naturali</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1754</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function «protection against natural hazards» according to forest plans or an assessment by the local forest service. The term «natural hazards» refers to avalanches, rockfall, landslides, landslides and channel processes. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco di «protezione contro i pericoli naturali» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Per «pericoli naturali» si intendono valanghe, caduta massi, colate di fango, smottamenti o processi idrologici nei torrenti. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>195.4</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1290.8</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386947/568719</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function «protection against natural hazards»</t>
+            <t xml:space="preserve">funzione di protezione contro i pericoli naturali</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1754</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>