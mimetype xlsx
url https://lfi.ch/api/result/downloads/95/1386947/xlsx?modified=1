--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione di protezione contro i pericoli naturali</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Schutz gegen Naturgefahren</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386947/568719</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione contro i pericoli naturali</t>
+      <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1754</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco di «protezione contro i pericoli naturali» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Per «pericoli naturali» si intendono valanghe, caduta massi, colate di fango, smottamenti o processi idrologici nei torrenti. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Schutz gegen Naturgefahren» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Unter «Naturgefahren» werden Lawinen, Steinschlag, Hangmuren, Rutschungen oder Gerinneprozesse verstanden. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>195.4</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1290.8</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386947/568719</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione contro i pericoli naturali</t>
+            <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1754</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>