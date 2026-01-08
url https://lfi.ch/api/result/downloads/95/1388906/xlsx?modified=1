--- v0 (2025-10-01)
+++ v1 (2026-01-08)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1388906/570678</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2366,51 +2366,51 @@
         <v>100.0</v>
       </c>
       <c r="AC26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD26" s="6">
         <v>100.0</v>
       </c>
       <c r="AE26" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1388906/570678</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>