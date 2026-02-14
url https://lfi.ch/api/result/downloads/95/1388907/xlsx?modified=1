--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1388907/570679</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che nei cinque inventari IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>100.0</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N26" s="6">
         <v>100.0</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1388907/570679</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>