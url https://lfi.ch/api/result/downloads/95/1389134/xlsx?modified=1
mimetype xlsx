--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco di protezione (2022): bosco IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forests (2022): forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389134/570906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): bosco IFN4/IFN5</t>
+      <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2683</t>
     </r>
   </si>
   <si>
-    <t>Superficie che sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026) soddisfava la definizione di bosco secondo l'IFN (ossia «bosco esclusi gli arbusteti» o «arbusteto») e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Area that, in both the NFI4 (2009-2017) and the NFI5 (2018-2026), conforms with the NFI's definition of «forest», i.e. «forest without shrub forest» or «shrub forest», and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>133.6</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
       <c r="N26" s="6">
         <v>565.2</v>
       </c>
       <c r="O26" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389134/570906</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): bosco IFN4/IFN5</t>
+            <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2683</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>