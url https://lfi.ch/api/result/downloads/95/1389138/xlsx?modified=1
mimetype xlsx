--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwald (2022): Wald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco di protezione (2022): bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389138/570910</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2683</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2008-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Superficie che sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026) soddisfava la definizione di bosco secondo l'IFN (ossia «bosco esclusi gli arbusteti» o «arbusteto») e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>137.1</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
       <c r="N26" s="6">
         <v>565.2</v>
       </c>
       <c r="O26" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389138/570910</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2683</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>