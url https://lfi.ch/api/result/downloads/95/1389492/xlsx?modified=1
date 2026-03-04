--- v0 (2025-11-29)
+++ v1 (2026-03-04)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>human overuse and disturbance</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>anthropogene Überbelastungen und Störungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no overload</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Überbelastung</t>
+  </si>
+  <si>
+    <t>Erholungsbelastung</t>
+  </si>
+  <si>
+    <t>andere Überbelastung</t>
+  </si>
+  <si>
+    <t>Deponie</t>
+  </si>
+  <si>
+    <t>nicht unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>Bauten (ohne Strassen)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389492/571264</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">human overuse and disturbance</t>
+      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
+    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389492/571264</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">human overuse and disturbance</t>
+            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>