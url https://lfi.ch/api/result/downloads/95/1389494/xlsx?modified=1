--- v0 (2025-11-28)
+++ v1 (2026-03-04)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>human overuse and disturbance</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>anthropogene Überbelastungen und Störungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no overload</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Überbelastung</t>
+  </si>
+  <si>
+    <t>Erholungsbelastung</t>
+  </si>
+  <si>
+    <t>andere Überbelastung</t>
+  </si>
+  <si>
+    <t>Deponie</t>
+  </si>
+  <si>
+    <t>nicht unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>Bauten (ohne Strassen)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389494/571266</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">human overuse and disturbance</t>
+      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
+    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>100.0</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="6">
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389494/571266</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">human overuse and disturbance</t>
+            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>