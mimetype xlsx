--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,433 +14,433 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Verjüngungsdeckungsgrad (6 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · regeneration cover</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
-    <t>Verjüngungsdeckungsgrad (6 Klassen)</t>
+    <t>regeneration cover</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389757/571529</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+      <t xml:space="preserve">regeneration cover</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #563</t>
     </r>
   </si>
   <si>
-    <t>Flächenanteil, der von Verjüngung, d.h. von Laub- und Nadelbäumen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD), überschirmt ist in sechs Klassen. Das Merkmal ist ab dem LFI2 (1993-1995) verfügbar. Grundlage: Feldaufnahme (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Proportion of the area covered by regeneration, i.e. broadleaved and coniferous trees ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh), in six classes. The feature is available as of NFI2 (1993-1995). Reference: Field Survey (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,52 +792,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -7237,51 +7237,51 @@
         <v>102.9</v>
       </c>
       <c r="AD76" s="6">
         <v>3</v>
       </c>
       <c r="AE76" s="6">
         <v>480.2</v>
       </c>
       <c r="AF76" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="21.75">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389757/571529</t>
           </r>
         </is>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
@@ -7297,226 +7297,226 @@
       <c r="V77" s="3"/>
       <c r="W77" s="3"/>
       <c r="X77" s="3"/>
       <c r="Y77" s="3"/>
       <c r="Z77" s="3"/>
       <c r="AA77" s="3"/>
       <c r="AB77" s="3"/>
       <c r="AC77" s="3"/>
       <c r="AD77" s="3"/>
       <c r="AE77" s="3"/>
       <c r="AF77" s="3"/>
     </row>
     <row r="80" spans="1:32">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:32" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="83" spans="1:32">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:32" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="86" spans="1:32">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+            <t xml:space="preserve">regeneration cover</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #563</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:32" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="89" spans="1:32">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:32" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="92" spans="1:32">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:32" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="95" spans="1:32">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:32" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>