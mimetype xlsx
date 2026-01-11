--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza · grado di chiusura</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch) · Schlussgrad</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>grado di chiusura</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
+  </si>
+  <si>
+    <t>Schlussgrad</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>stracolmo</t>
-[...35 lines deleted...]
-    <t>bosco puro di latifoglie</t>
+    <t>gedrängt</t>
+  </si>
+  <si>
+    <t>normal</t>
+  </si>
+  <si>
+    <t>locker</t>
+  </si>
+  <si>
+    <t>räumig</t>
+  </si>
+  <si>
+    <t>aufgelöst</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gruppiert  gedrängt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">gruppiert  normal </t>
+  </si>
+  <si>
+    <t>Stufenschluss</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391843/573616</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di chiusura</t>
+      <t xml:space="preserve">Schlussgrad</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #385</t>
     </r>
   </si>
   <si>
-    <t>Misura della concorrenza reciproca delle chiome in un popolamento. Fonte: rilievo sul terreno (MID 266: Schlussgrad)</t>
+    <t>Mass der gegenseitigen Bedrängung der Baumkronen in einem Bestand. Grundlage: Feldaufnahme (MID 266: Schlussgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Superficie che nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,51 +768,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -3833,270 +3833,270 @@
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O72" s="6">
         <v>100.0</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391843/573616</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di chiusura</t>
+            <t xml:space="preserve">Schlussgrad</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #385</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>