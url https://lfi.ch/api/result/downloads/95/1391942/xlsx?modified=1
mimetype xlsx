--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale in funzione del pericolo naturale diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>pericolo naturale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun pericolo naturale</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>scivolamento di terreno/colate</t>
+  </si>
+  <si>
+    <t>processi idrologici nei torrenti</t>
+  </si>
+  <si>
+    <t>fuori dal perimetro</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391942/573715</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Superficie forestale dei pericoli naturali caduta massi, valanga, scivolamento di terreno/colate e processi idrologici nei torrenti all'interno del perimetro di bosco di protezione in base alla decisione dei Cantoni secondo i criteri armonizzati di SilvaProtect-CH, stato 2022. Visto che un bosco di protezione può proteggere contro diversi tipi di pericolo naturale, esso può contribuire alla superficie di differenti processi pericolosi. Per il Canton Argovia non viene riportato nessun processo di pericoli naturali, visto che questo Cantone nell'anno 2022 non aveva ancora delineato il perimetro del bosco di protezione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Processi di pericoli naturali che possono verificarsi nei boschi di protezione definiti dai Cantoni in base ai criteri armonizzati di SilvaProtect. Fonte: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Area designated in both NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +744,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1287,270 +1287,270 @@
         <v>19</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391942/573715</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>