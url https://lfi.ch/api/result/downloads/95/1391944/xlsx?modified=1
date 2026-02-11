--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale in funzione del pericolo naturale diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>pericolo naturale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun pericolo naturale</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>scivolamento di terreno/colate</t>
+  </si>
+  <si>
+    <t>processi idrologici nei torrenti</t>
+  </si>
+  <si>
+    <t>fuori dal perimetro</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391944/573717</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Superficie forestale dei pericoli naturali caduta massi, valanga, scivolamento di terreno/colate e processi idrologici nei torrenti all'interno del perimetro di bosco di protezione in base alla decisione dei Cantoni secondo i criteri armonizzati di SilvaProtect-CH, stato 2022. Visto che un bosco di protezione può proteggere contro diversi tipi di pericolo naturale, esso può contribuire alla superficie di differenti processi pericolosi. Per il Canton Argovia non viene riportato nessun processo di pericoli naturali, visto che questo Cantone nell'anno 2022 non aveva ancora delineato il perimetro del bosco di protezione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Processi di pericoli naturali che possono verificarsi nei boschi di protezione definiti dai Cantoni in base ai criteri armonizzati di SilvaProtect. Fonte: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che nei cinque inventari IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,51 +768,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1807,51 +1807,51 @@
         <v>27</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391944/573717</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1867,226 +1867,226 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>