--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Naturschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione della natura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1392325/574098</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Naturschutz</t>
+      <t xml:space="preserve">funzione di protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1392325/574098</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Naturschutz</t>
+            <t xml:space="preserve">funzione di protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>