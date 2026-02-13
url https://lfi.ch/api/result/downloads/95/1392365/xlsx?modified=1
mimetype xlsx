--- v0 (2025-11-29)
+++ v1 (2026-02-13)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'nature conservation'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione della natura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1392365/574138</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'nature conservation'</t>
+      <t xml:space="preserve">funzione di protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'nature conservation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>168.9</v>
       </c>
       <c r="K16" s="6">
         <v>2</v>
       </c>
       <c r="L16" s="6">
         <v>1237.7</v>
       </c>
       <c r="M16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1392365/574138</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'nature conservation'</t>
+            <t xml:space="preserve">funzione di protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>