--- v1 (2026-02-13)
+++ v2 (2026-02-13)
@@ -17,338 +17,338 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>funzione di protezione della natura</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de protection de la nature</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1392365/574138</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione della natura</t>
+      <t xml:space="preserve">fonction de protection de la nature</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection de la nature» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1017,233 +1017,233 @@
         <v>168.9</v>
       </c>
       <c r="K16" s="6">
         <v>2</v>
       </c>
       <c r="L16" s="6">
         <v>1237.7</v>
       </c>
       <c r="M16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1392365/574138</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione della natura</t>
+            <t xml:space="preserve">fonction de protection de la nature</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>