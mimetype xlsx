--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>grado di copertura (foto aeree; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>Deckungsgrad (Luftbild; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco di protezione (2022): bosco</t>
+      <t xml:space="preserve">: Schutzwald (2022): Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>grado di copertura (foto aeree; 5 classi)</t>
+    <t>Deckungsgrad (Luftbild; 5 Klassen)</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1392977/574750</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
+      <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie del suolo, secondo l'interpretazione di foto aeree, coperta da chiome di alberi, in cinque classi di 20% ognuna. La percentuale è calcolata utilizzando i 25 punti della griglia sull'area di interpretazione (50 × 50 m). Fonte: interpretazione di foto aeree</t>
+    <t>Anteil der Bodenfläche gemäss Luftbildinterpretation, der von Baumkronen überschirmt ist, in fünf 20-Prozent-Klassen. Der Anteil wird mithilfe der 25 Rasterpunkte auf der Interpretationsfläche (50 × 50 m) berechnet. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): bosco</t>
+      <t xml:space="preserve">Schutzwald (2022): Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2653</t>
     </r>
   </si>
   <si>
-    <t>Bosco (ossia «bosco esclusi gli arbusteti» o «arbusteto») che si trova nel perimetro dei boschi di protezione definito dai cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Wald (d.h. «Wald ohne Gebüschwald» oder «Gebüschwald»), der innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,52 +822,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -10347,51 +10347,51 @@
         <v>9.3</v>
       </c>
       <c r="AZ68" s="6">
         <v>19</v>
       </c>
       <c r="BA68" s="6">
         <v>570.3</v>
       </c>
       <c r="BB68" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1392977/574750</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10429,226 +10429,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
+            <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): bosco</t>
+            <t xml:space="preserve">Schutzwald (2022): Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>