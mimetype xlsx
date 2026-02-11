--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>timber assortment classes (HG 2010) · conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume del legno di fusto commerciabile (HG 2010)</t>
+  </si>
+  <si>
+    <t>classi di assortimento (HG 2010) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>classi di assortimento (HG 2010)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...20 lines deleted...]
-    <t>classes 5 and 6</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>legname di piccole dimensioni</t>
+  </si>
+  <si>
+    <t>classi 1 e 2</t>
+  </si>
+  <si>
+    <t>classi 3 e 4</t>
+  </si>
+  <si>
+    <t>classi 5 e 6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399254/581027</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+      <t xml:space="preserve">volume del legno di fusto commerciabile (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU), determinato attraverso le funzioni delle forme del fusto secondo Kaufmann (2001). Gli assortimenti sono stati definiti secondo l'edizione del 2010 degli usi svizzeri del commercio di legname grezzo (HG2010).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+      <t xml:space="preserve">classi di assortimento (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1788</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into four diameter classes on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Classes 1 and 2, 3 and 4, as well as 5 and 6 of the HG 2010 are each combined into one class.</t>
+    <t>Assortimento per diametro del legname tondo in quattro classi in base alle pratiche commerciali svizzere, edizioni 2010 e 2021 (HG 2010). Le classi 1 e 2, 3 e 4 rispettivamente 5 e 6 della HG 2010 sono rappruppate ognuna in una sola classe.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2378,270 +2378,270 @@
         <v>261.9</v>
       </c>
       <c r="N42" s="6">
         <v>4</v>
       </c>
       <c r="O42" s="6">
         <v>327.1</v>
       </c>
       <c r="P42" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399254/581027</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+            <t xml:space="preserve">volume del legno di fusto commerciabile (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+            <t xml:space="preserve">classi di assortimento (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1788</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>