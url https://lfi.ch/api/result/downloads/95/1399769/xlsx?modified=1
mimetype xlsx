--- v0 (2025-11-29)
+++ v1 (2026-02-03)
@@ -14,472 +14,472 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>number of stems (standing living trees) with microhabitat</t>
+    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
   </si>
   <si>
-    <t>diameter at breast height (in 20 cm classes) · microhabitats (20 classes)</t>
+    <t>Brusthöhendurchmesser (20-cm-Klassen) · Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>Brusthöhendurchmesser (20-cm-Klassen)</t>
   </si>
   <si>
-    <t>microhabitats (20 classes)</t>
+    <t>Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>woodpecker breeding cavity</t>
+    <t>Spechtbruthöhle</t>
   </si>
   <si>
-    <t>cavity (&lt;5 cm depth)</t>
+    <t>flache Baumhöhle (&lt;5 cm tief)</t>
   </si>
   <si>
-    <t>cavity (&gt;5 cm depth)</t>
+    <t>Baumhöhle (&gt;5 cm tief)</t>
   </si>
   <si>
-    <t>damage from insects</t>
+    <t>Insektenschaden</t>
   </si>
   <si>
-    <t>dendrotelm</t>
+    <t>Dendrotelm</t>
   </si>
   <si>
-    <t>buttress-root concavity</t>
+    <t>Stammfusshöhle</t>
   </si>
   <si>
-    <t>bark loss</t>
+    <t xml:space="preserve">Holz ohne Rinde </t>
   </si>
   <si>
-    <t>fire scar</t>
+    <t>Brandnarbe</t>
   </si>
   <si>
-    <t>bark shelter/pocket</t>
+    <t>Rindentasche</t>
   </si>
   <si>
-    <t>fresh stem/large branch breakage</t>
+    <t>frischer Bruch</t>
   </si>
   <si>
-    <t>broad crack</t>
+    <t>breiter Spalt</t>
   </si>
   <si>
-    <t>crown deadwood</t>
+    <t>Kronentotholz</t>
   </si>
   <si>
-    <t>canker or burrs</t>
+    <t>Krebs oder Maserknollen</t>
   </si>
   <si>
-    <t>perennial fungal fruiting body</t>
+    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>ephemeral fungal fruiting body</t>
+    <t>kurzlebiger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>bryophytes &gt;10%</t>
+    <t>mehr als 10% Moose</t>
   </si>
   <si>
-    <t>lichens &gt;10%</t>
+    <t>mehr als 10% Flechten</t>
   </si>
   <si>
-    <t>ivy &gt;10%</t>
+    <t>mehr als 10% Efeu</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t>Harzfluss</t>
   </si>
   <si>
-    <t>other microhabitats</t>
+    <t>übrige Mikrohabitate</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399769/581542</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in Klassen zu 20 cm. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitats (20 classes)</t>
+      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -831,81 +831,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="A5" t="s">
@@ -15914,51 +15914,51 @@
         <v>29</v>
       </c>
       <c r="AD166" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE166" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF166" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:32" customHeight="1" ht="21.75">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399769/581542</t>
           </r>
         </is>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
@@ -15974,226 +15974,226 @@
       <c r="V167" s="3"/>
       <c r="W167" s="3"/>
       <c r="X167" s="3"/>
       <c r="Y167" s="3"/>
       <c r="Z167" s="3"/>
       <c r="AA167" s="3"/>
       <c r="AB167" s="3"/>
       <c r="AC167" s="3"/>
       <c r="AD167" s="3"/>
       <c r="AE167" s="3"/>
       <c r="AF167" s="3"/>
     </row>
     <row r="170" spans="1:32">
       <c r="A170" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:32" customHeight="1" ht="29">
       <c r="A171" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="173" spans="1:32">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="174" spans="1:32" customHeight="1" ht="29">
       <c r="A174" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="176" spans="1:32">
       <c r="A176" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitats (20 classes)</t>
+            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:32" customHeight="1" ht="29">
       <c r="A177" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="179" spans="1:32">
       <c r="A179" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:32" customHeight="1" ht="29">
       <c r="A180" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="182" spans="1:32">
       <c r="A182" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:32" customHeight="1" ht="29">
       <c r="A183" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="185" spans="1:32">
       <c r="A185" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:32" customHeight="1" ht="29">
       <c r="A186" s="1" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>