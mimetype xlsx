--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>formicai</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Ameisenhaufen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>&gt;2</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401712/583485</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">formicai</t>
+      <t xml:space="preserve">Ameisenhaufen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2345</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con nessun, un, due o più di due formicai (formiche rosse) nel cerchio delle 5 are. Fonte: rilievo sul terreno (MID 837: Ameisenhaufennummer)</t>
+    <t>Probeflächen mit keinem, einem, zwei oder mehr als zwei Haufen von Roten Waldameisen im 5-Aren-Kreis. Grundlage: Feldaufnahme (MID 837: Ameisenhaufennummer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>100.0</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="6">
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401712/583485</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">formicai</t>
+            <t xml:space="preserve">Ameisenhaufen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>