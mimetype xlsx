--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1404166/585945</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,102 +784,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3149,51 +3149,51 @@
         <v>245</v>
       </c>
       <c r="AY24" s="6">
         <v>8</v>
       </c>
       <c r="AZ24" s="6">
         <v>351</v>
       </c>
       <c r="BA24" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1404166/585945</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>