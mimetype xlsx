--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN3—IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des chutes de pierres ou de blocs (2022) · essence principale</t>
+    <t>LFI3—LFI5</t>
+  </si>
+  <si>
+    <t>Veränderung: Basalfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>évolution 2004/07–2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>Veränderung 2004/07–2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>essence principale</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...44 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410029/591808</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les chutes de pierres ou de blocs délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3461,268 +3461,268 @@
         <v>3.9</v>
       </c>
       <c r="L72" s="6">
         <v>24</v>
       </c>
       <c r="M72" s="6">
         <v>0.0</v>
       </c>
       <c r="N72" s="6">
         <v>3127</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410029/591808</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>