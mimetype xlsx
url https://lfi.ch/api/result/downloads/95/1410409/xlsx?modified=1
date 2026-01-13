--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schadenausmass (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>estensione dei danni (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-20%</t>
   </si>
   <si>
     <t>21-30%</t>
   </si>
   <si>
     <t>31-40%</t>
   </si>
   <si>
     <t>41-50%</t>
   </si>
   <si>
     <t>51-60%</t>
   </si>
   <si>
     <t>61-70%</t>
   </si>
   <si>
     <t>71-80%</t>
   </si>
   <si>
     <t>81-90%</t>
   </si>
   <si>
     <t>&gt;90%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410409/592240</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
+      <t xml:space="preserve">estensione dei danni (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1310</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Schadenflächen auf der Interpretationsfläche (50 × 50 m) und Ausmass des Schadens in zehn Klassen, ermittelt aus dem Anteil der Schadenfläche an der bewaldeten Interpretationsfläche. Grundlage: Feldaufnahme (MID 601: Ausmass der Schadenfläche)</t>
+    <t>Aree di saggio senza/con zone danneggiate nell'area di interpretazione (50 ×50 m) ed estensione del danno in dieci classi, determinata in base alla proporzione della superficie danneggiata rispetto all'area di interpretazione coperta da bosco. Fonte: rilievo sul terreno (MID 601: Ausmass der Schadenfläche)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1369,233 +1369,233 @@
         <v>100.0</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="6">
         <v>100.0</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410409/592240</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
+            <t xml:space="preserve">estensione dei danni (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1310</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>