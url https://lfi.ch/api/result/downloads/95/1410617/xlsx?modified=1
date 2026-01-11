--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>presenza di tracce di veicoli (perturbazione del suolo) · ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances) · location of vehicle tracks</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances)</t>
+  </si>
+  <si>
+    <t>location of vehicle tracks</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>popolamento</t>
-[...23 lines deleted...]
-    <t>nessuna traccia di veicoli</t>
+    <t>stand</t>
+  </si>
+  <si>
+    <t>skid trail</t>
+  </si>
+  <si>
+    <t>skid road</t>
+  </si>
+  <si>
+    <t>hand-skidding path</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>track type 1 (slight disturbance)</t>
+  </si>
+  <si>
+    <t>track type 2 (moderate disturbance)</t>
+  </si>
+  <si>
+    <t>track type 3 (severe disturbance)</t>
+  </si>
+  <si>
+    <t>no vehicle tracks present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410617/592448</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
+      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are e, nel caso di una traccia, indicazione del tipo di traccia. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: inchiesta presso il servizio forestale (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
+      <t xml:space="preserve">location of vehicle tracks</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #732</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are, classificate in base alla posizione in cui si trovano le tracce. Fonte: inchiesta presso il servizio forestale (MID 545: Schadenumgebung)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle, classified according to where the tracks occur. Reference: Field Survey (MID 545: Schadenumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2669,270 +2669,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410617/592448</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
+            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
+            <t xml:space="preserve">location of vehicle tracks</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #732</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>