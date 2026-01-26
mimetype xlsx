--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410779/592610</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of deadwood</t>
+      <t xml:space="preserve">necromassa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
+    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410779/592610</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of deadwood</t>
+            <t xml:space="preserve">necromassa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>