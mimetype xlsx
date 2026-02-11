--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des arbres morts à terre</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410969/592800</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of lying dead trees</t>
+      <t xml:space="preserve">biomasse des arbres morts à terre</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts: roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
+    <t>Poids sec (masse) des arbres et arbustes morts à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410969/592800</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of lying dead trees</t>
+            <t xml:space="preserve">biomasse des arbres morts à terre</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>