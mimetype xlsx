--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der liegenden toten Bäume</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410978/592809</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of lying dead trees</t>
+      <t xml:space="preserve">Biomasse der liegenden toten Bäume</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts: roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
+    <t>Trockengewicht (Masse) der liegenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus den Baumteilen Wurzeln, Schaftholz und je nach Zersetzungsgrad auch dem Astderbholz.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410978/592809</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of lying dead trees</t>
+            <t xml:space="preserve">Biomasse der liegenden toten Bäume</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>