--- v1 (2026-02-11)
+++ v2 (2026-02-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa a terra</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410978/592809</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der liegenden toten Bäume</t>
+      <t xml:space="preserve">necromassa a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der liegenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus den Baumteilen Wurzeln, Schaftholz und je nach Zersetzungsgrad auch dem Astderbholz.</t>
+    <t>Peso secco (massa) degli alberi e e arbusti morti a terra a partire da 12 cm di diametro a petto d'uomo (DPU). Essa viene determinata a partire dalle radici, dal legno del fusto e, a dipendenza del grado di decomposizione anche dal legno dei rami, sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410978/592809</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der liegenden toten Bäume</t>
+            <t xml:space="preserve">necromassa a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>