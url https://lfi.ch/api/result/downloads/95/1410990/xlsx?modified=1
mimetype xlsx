--- v0 (2025-11-28)
+++ v1 (2026-02-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des arbres morts à terre</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...11 lines deleted...]
-    <t>million kg</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410990/592821</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of lying dead trees</t>
+      <t xml:space="preserve">biomasse des arbres morts à terre</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts: roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
+    <t>Poids sec (masse) des arbres et arbustes morts à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,62 +703,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1061,233 +1061,233 @@
         <v>1157</v>
       </c>
       <c r="K17" s="6">
         <v>13</v>
       </c>
       <c r="L17" s="6">
         <v>8326</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410990/592821</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of lying dead trees</t>
+            <t xml:space="preserve">biomasse des arbres morts à terre</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>