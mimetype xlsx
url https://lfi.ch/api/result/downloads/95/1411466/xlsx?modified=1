--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>data dell'ultimo intervento (classi di 10 anni)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>time of last treatment (in 10-year classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: protection forests (2022): accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-10 anni fa</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>=10 years ago</t>
+  </si>
+  <si>
+    <t>11-20 years ago</t>
+  </si>
+  <si>
+    <t>21-30 years ago</t>
+  </si>
+  <si>
+    <t>31-40 years ago</t>
+  </si>
+  <si>
+    <t>41-50 years ago</t>
+  </si>
+  <si>
+    <t>51-100 years ago</t>
+  </si>
+  <si>
+    <t>&gt;100 years ago or never</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411466/593297</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
+      <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Number of years since the last silvicultural treatment – in classes of ten years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2682</t>
     </r>
   </si>
   <si>
-    <t>Superficie che sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026) è stata dichiarata «bosco accessibile» (ossia «bosco esclusi gli arbusteti» o «arbusteto») e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Area designated in both the NFI4 (2009-2017) and the NFI5 (2018-2026) as «accessible forest», i.e. «forest without shrub forest» or «shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -409,63 +409,66 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -742,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1012,915 +1015,915 @@
         <v>25</v>
       </c>
       <c r="Z12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AA12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:31">
       <c r="A13" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="6">
-[...86 lines deleted...]
-      <c r="AE13" s="6" t="s">
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="N13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="R13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="T13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="V13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="X13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Y13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="AA13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="AB13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="AC13" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="AE13" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:31">
-      <c r="A14" s="5" t="s">
+      <c r="A14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="6">
+      <c r="B14" s="7">
         <v>48.4</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C14" s="7">
         <v>5.6</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="7">
         <v>33.4</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="7">
         <v>13.7</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F14" s="7">
         <v>50.8</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14" s="7">
         <v>14.5</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="7">
         <v>64.6</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="7">
         <v>10.7</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="7">
         <v>59.4</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="7">
         <v>8.1</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14" s="7">
         <v>30.7</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="7">
         <v>5.4</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14" s="7">
         <v>46.2</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14" s="7">
         <v>4.2</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14" s="7">
         <v>48.4</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14" s="7">
         <v>4.7</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14" s="7">
         <v>29.4</v>
       </c>
-      <c r="S14" s="6">
+      <c r="S14" s="7">
         <v>4.1</v>
       </c>
-      <c r="T14" s="6">
+      <c r="T14" s="7">
         <v>25.7</v>
       </c>
-      <c r="U14" s="6">
+      <c r="U14" s="7">
         <v>6.4</v>
       </c>
-      <c r="V14" s="6">
+      <c r="V14" s="7">
         <v>38.8</v>
       </c>
-      <c r="W14" s="6">
+      <c r="W14" s="7">
         <v>6.2</v>
       </c>
-      <c r="X14" s="6">
+      <c r="X14" s="7">
         <v>22.7</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="Y14" s="7">
         <v>2.8</v>
       </c>
-      <c r="Z14" s="6">
+      <c r="Z14" s="7">
         <v>25.1</v>
       </c>
-      <c r="AA14" s="6">
+      <c r="AA14" s="7">
         <v>2.8</v>
       </c>
-      <c r="AB14" s="6">
+      <c r="AB14" s="7">
         <v>10.4</v>
       </c>
-      <c r="AC14" s="6">
+      <c r="AC14" s="7">
         <v>1.6</v>
       </c>
-      <c r="AD14" s="6">
+      <c r="AD14" s="7">
         <v>29.0</v>
       </c>
-      <c r="AE14" s="6">
+      <c r="AE14" s="7">
         <v>1.1</v>
       </c>
     </row>
     <row r="15" spans="1:31">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="6">
+      <c r="B15" s="7">
         <v>21.5</v>
       </c>
-      <c r="C15" s="6">
+      <c r="C15" s="7">
         <v>4.6</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="7">
         <v>24.9</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="7">
         <v>12.5</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F15" s="7">
         <v>24.9</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="7">
         <v>12.5</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="7">
         <v>20.5</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="7">
         <v>9.1</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="7">
         <v>19.2</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="7">
         <v>6.5</v>
       </c>
-      <c r="L15" s="6">
+      <c r="L15" s="7">
         <v>32.0</v>
       </c>
-      <c r="M15" s="6">
+      <c r="M15" s="7">
         <v>5.6</v>
       </c>
-      <c r="N15" s="6">
+      <c r="N15" s="7">
         <v>19.4</v>
       </c>
-      <c r="O15" s="6">
+      <c r="O15" s="7">
         <v>3.3</v>
       </c>
-      <c r="P15" s="6">
+      <c r="P15" s="7">
         <v>18.6</v>
       </c>
-      <c r="Q15" s="6">
+      <c r="Q15" s="7">
         <v>3.7</v>
       </c>
-      <c r="R15" s="6">
+      <c r="R15" s="7">
         <v>18.3</v>
       </c>
-      <c r="S15" s="6">
+      <c r="S15" s="7">
         <v>3.5</v>
       </c>
-      <c r="T15" s="6">
+      <c r="T15" s="7">
         <v>25.1</v>
       </c>
-      <c r="U15" s="6">
+      <c r="U15" s="7">
         <v>6.3</v>
       </c>
-      <c r="V15" s="6">
+      <c r="V15" s="7">
         <v>20.1</v>
       </c>
-      <c r="W15" s="6">
+      <c r="W15" s="7">
         <v>5.2</v>
       </c>
-      <c r="X15" s="6">
+      <c r="X15" s="7">
         <v>14.3</v>
       </c>
-      <c r="Y15" s="6">
+      <c r="Y15" s="7">
         <v>2.3</v>
       </c>
-      <c r="Z15" s="6">
+      <c r="Z15" s="7">
         <v>11.6</v>
       </c>
-      <c r="AA15" s="6">
+      <c r="AA15" s="7">
         <v>2.1</v>
       </c>
-      <c r="AB15" s="6">
+      <c r="AB15" s="7">
         <v>5.1</v>
       </c>
-      <c r="AC15" s="6">
+      <c r="AC15" s="7">
         <v>1.2</v>
       </c>
-      <c r="AD15" s="6">
+      <c r="AD15" s="7">
         <v>15.0</v>
       </c>
-      <c r="AE15" s="6">
+      <c r="AE15" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="16" spans="1:31">
       <c r="A16" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="6">
+      <c r="B16" s="7">
         <v>11.3</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C16" s="7">
         <v>3.6</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="7">
         <v>16.7</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="7">
         <v>10.8</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F16" s="7">
         <v>8.1</v>
       </c>
-      <c r="G16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="6">
+      <c r="G16" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="7">
         <v>9.9</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="7">
         <v>6.6</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="7">
         <v>8.0</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16" s="7">
         <v>4.4</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16" s="7">
         <v>6.8</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16" s="7">
         <v>3.0</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16" s="7">
         <v>11.6</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16" s="7">
         <v>2.7</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16" s="7">
         <v>15.4</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16" s="7">
         <v>3.4</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16" s="7">
         <v>11.8</v>
       </c>
-      <c r="S16" s="6">
+      <c r="S16" s="7">
         <v>2.9</v>
       </c>
-      <c r="T16" s="6">
+      <c r="T16" s="7">
         <v>16.9</v>
       </c>
-      <c r="U16" s="6">
+      <c r="U16" s="7">
         <v>5.5</v>
       </c>
-      <c r="V16" s="6">
+      <c r="V16" s="7">
         <v>11.6</v>
       </c>
-      <c r="W16" s="6">
+      <c r="W16" s="7">
         <v>4.1</v>
       </c>
-      <c r="X16" s="6">
+      <c r="X16" s="7">
         <v>10.7</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="Y16" s="7">
         <v>2.0</v>
       </c>
-      <c r="Z16" s="6">
+      <c r="Z16" s="7">
         <v>13.8</v>
       </c>
-      <c r="AA16" s="6">
+      <c r="AA16" s="7">
         <v>2.3</v>
       </c>
-      <c r="AB16" s="6">
+      <c r="AB16" s="7">
         <v>5.5</v>
       </c>
-      <c r="AC16" s="6">
+      <c r="AC16" s="7">
         <v>1.2</v>
       </c>
-      <c r="AD16" s="6">
+      <c r="AD16" s="7">
         <v>10.6</v>
       </c>
-      <c r="AE16" s="6">
+      <c r="AE16" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="17" spans="1:31">
       <c r="A17" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B17" s="6">
+      <c r="B17" s="7">
         <v>2.5</v>
       </c>
-      <c r="C17" s="6">
+      <c r="C17" s="7">
         <v>1.7</v>
       </c>
-      <c r="D17" s="6">
-[...11 lines deleted...]
-      <c r="H17" s="6">
+      <c r="D17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H17" s="7">
         <v>5.0</v>
       </c>
-      <c r="I17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J17" s="6">
+      <c r="I17" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J17" s="7">
         <v>8.0</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="7">
         <v>4.4</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17" s="7">
         <v>2.6</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="7">
         <v>1.8</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="7">
         <v>4.8</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="7">
         <v>1.8</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17" s="7">
         <v>6.0</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17" s="7">
         <v>2.2</v>
       </c>
-      <c r="R17" s="6">
+      <c r="R17" s="7">
         <v>15.3</v>
       </c>
-      <c r="S17" s="6">
+      <c r="S17" s="7">
         <v>3.2</v>
       </c>
-      <c r="T17" s="6">
+      <c r="T17" s="7">
         <v>4.4</v>
       </c>
-      <c r="U17" s="6">
+      <c r="U17" s="7">
         <v>3.1</v>
       </c>
-      <c r="V17" s="6">
+      <c r="V17" s="7">
         <v>8.1</v>
       </c>
-      <c r="W17" s="6">
+      <c r="W17" s="7">
         <v>3.5</v>
       </c>
-      <c r="X17" s="6">
+      <c r="X17" s="7">
         <v>7.2</v>
       </c>
-      <c r="Y17" s="6">
+      <c r="Y17" s="7">
         <v>1.7</v>
       </c>
-      <c r="Z17" s="6">
+      <c r="Z17" s="7">
         <v>12.7</v>
       </c>
-      <c r="AA17" s="6">
+      <c r="AA17" s="7">
         <v>2.2</v>
       </c>
-      <c r="AB17" s="6">
+      <c r="AB17" s="7">
         <v>7.6</v>
       </c>
-      <c r="AC17" s="6">
+      <c r="AC17" s="7">
         <v>1.4</v>
       </c>
-      <c r="AD17" s="6">
+      <c r="AD17" s="7">
         <v>7.8</v>
       </c>
-      <c r="AE17" s="6">
+      <c r="AE17" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:31">
       <c r="A18" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="6">
+      <c r="B18" s="7">
         <v>3.9</v>
       </c>
-      <c r="C18" s="6">
+      <c r="C18" s="7">
         <v>2.2</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18" s="7">
         <v>8.3</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...14 lines deleted...]
-      <c r="J18" s="6">
+      <c r="E18" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J18" s="7">
         <v>2.7</v>
       </c>
-      <c r="K18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L18" s="6">
+      <c r="K18" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L18" s="7">
         <v>9.6</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18" s="7">
         <v>3.5</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18" s="7">
         <v>2.5</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18" s="7">
         <v>1.4</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18" s="7">
         <v>4.1</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18" s="7">
         <v>1.8</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18" s="7">
         <v>6.7</v>
       </c>
-      <c r="S18" s="6">
+      <c r="S18" s="7">
         <v>2.3</v>
       </c>
-      <c r="T18" s="6">
+      <c r="T18" s="7">
         <v>8.5</v>
       </c>
-      <c r="U18" s="6">
+      <c r="U18" s="7">
         <v>4.1</v>
       </c>
-      <c r="V18" s="6">
+      <c r="V18" s="7">
         <v>3.0</v>
       </c>
-      <c r="W18" s="6">
+      <c r="W18" s="7">
         <v>2.1</v>
       </c>
-      <c r="X18" s="6">
+      <c r="X18" s="7">
         <v>6.1</v>
       </c>
-      <c r="Y18" s="6">
+      <c r="Y18" s="7">
         <v>1.6</v>
       </c>
-      <c r="Z18" s="6">
+      <c r="Z18" s="7">
         <v>9.0</v>
       </c>
-      <c r="AA18" s="6">
+      <c r="AA18" s="7">
         <v>1.9</v>
       </c>
-      <c r="AB18" s="6">
+      <c r="AB18" s="7">
         <v>6.3</v>
       </c>
-      <c r="AC18" s="6">
+      <c r="AC18" s="7">
         <v>1.3</v>
       </c>
-      <c r="AD18" s="6">
+      <c r="AD18" s="7">
         <v>5.9</v>
       </c>
-      <c r="AE18" s="6">
+      <c r="AE18" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="19" spans="1:31">
       <c r="A19" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="6">
+      <c r="B19" s="7">
         <v>9.9</v>
       </c>
-      <c r="C19" s="6">
+      <c r="C19" s="7">
         <v>3.3</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19" s="7">
         <v>16.7</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="7">
         <v>10.8</v>
       </c>
-      <c r="F19" s="6">
+      <c r="F19" s="7">
         <v>16.2</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19" s="7">
         <v>10.5</v>
       </c>
-      <c r="H19" s="6">
-[...5 lines deleted...]
-      <c r="J19" s="6">
+      <c r="H19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J19" s="7">
         <v>2.7</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L19" s="6">
+      <c r="K19" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L19" s="7">
         <v>13.8</v>
       </c>
-      <c r="M19" s="6">
+      <c r="M19" s="7">
         <v>4.1</v>
       </c>
-      <c r="N19" s="6">
+      <c r="N19" s="7">
         <v>9.8</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19" s="7">
         <v>2.5</v>
       </c>
-      <c r="P19" s="6">
+      <c r="P19" s="7">
         <v>5.6</v>
       </c>
-      <c r="Q19" s="6">
+      <c r="Q19" s="7">
         <v>2.1</v>
       </c>
-      <c r="R19" s="6">
+      <c r="R19" s="7">
         <v>9.8</v>
       </c>
-      <c r="S19" s="6">
+      <c r="S19" s="7">
         <v>2.7</v>
       </c>
-      <c r="T19" s="6">
+      <c r="T19" s="7">
         <v>10.7</v>
       </c>
-      <c r="U19" s="6">
+      <c r="U19" s="7">
         <v>4.5</v>
       </c>
-      <c r="V19" s="6">
+      <c r="V19" s="7">
         <v>13.4</v>
       </c>
-      <c r="W19" s="6">
+      <c r="W19" s="7">
         <v>4.4</v>
       </c>
-      <c r="X19" s="6">
+      <c r="X19" s="7">
         <v>27.2</v>
       </c>
-      <c r="Y19" s="6">
+      <c r="Y19" s="7">
         <v>2.9</v>
       </c>
-      <c r="Z19" s="6">
+      <c r="Z19" s="7">
         <v>17.1</v>
       </c>
-      <c r="AA19" s="6">
+      <c r="AA19" s="7">
         <v>2.5</v>
       </c>
-      <c r="AB19" s="6">
+      <c r="AB19" s="7">
         <v>43.6</v>
       </c>
-      <c r="AC19" s="6">
+      <c r="AC19" s="7">
         <v>2.6</v>
       </c>
-      <c r="AD19" s="6">
+      <c r="AD19" s="7">
         <v>21.2</v>
       </c>
-      <c r="AE19" s="6">
+      <c r="AE19" s="7">
         <v>1.0</v>
       </c>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="6">
+      <c r="B20" s="7">
         <v>2.5</v>
       </c>
-      <c r="C20" s="6">
+      <c r="C20" s="7">
         <v>1.7</v>
       </c>
-      <c r="D20" s="6">
-[...23 lines deleted...]
-      <c r="L20" s="6">
+      <c r="D20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K20" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L20" s="7">
         <v>4.5</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20" s="7">
         <v>2.6</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20" s="7">
         <v>5.8</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20" s="7">
         <v>2.0</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20" s="7">
         <v>1.9</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20" s="7">
         <v>1.3</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20" s="7">
         <v>8.8</v>
       </c>
-      <c r="S20" s="6">
+      <c r="S20" s="7">
         <v>2.5</v>
       </c>
-      <c r="T20" s="6">
+      <c r="T20" s="7">
         <v>8.7</v>
       </c>
-      <c r="U20" s="6">
+      <c r="U20" s="7">
         <v>4.2</v>
       </c>
-      <c r="V20" s="6">
+      <c r="V20" s="7">
         <v>5.1</v>
       </c>
-      <c r="W20" s="6">
+      <c r="W20" s="7">
         <v>2.9</v>
       </c>
-      <c r="X20" s="6">
+      <c r="X20" s="7">
         <v>11.8</v>
       </c>
-      <c r="Y20" s="6">
+      <c r="Y20" s="7">
         <v>2.1</v>
       </c>
-      <c r="Z20" s="6">
+      <c r="Z20" s="7">
         <v>10.7</v>
       </c>
-      <c r="AA20" s="6">
+      <c r="AA20" s="7">
         <v>2.0</v>
       </c>
-      <c r="AB20" s="6">
+      <c r="AB20" s="7">
         <v>21.5</v>
       </c>
-      <c r="AC20" s="6">
+      <c r="AC20" s="7">
         <v>2.2</v>
       </c>
-      <c r="AD20" s="6">
+      <c r="AD20" s="7">
         <v>10.5</v>
       </c>
-      <c r="AE20" s="6">
+      <c r="AE20" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B21" s="7">
         <v>100.0</v>
       </c>
-      <c r="C21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="6">
+      <c r="C21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="7">
         <v>100.0</v>
       </c>
-      <c r="E21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="6">
+      <c r="E21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" s="7">
         <v>100.0</v>
       </c>
-      <c r="G21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="6">
+      <c r="G21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="7">
         <v>100.0</v>
       </c>
-      <c r="I21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J21" s="6">
+      <c r="I21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="J21" s="7">
         <v>100.0</v>
       </c>
-      <c r="K21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L21" s="6">
+      <c r="K21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L21" s="7">
         <v>100.0</v>
       </c>
-      <c r="M21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="N21" s="6">
+      <c r="M21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="N21" s="7">
         <v>100.0</v>
       </c>
-      <c r="O21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P21" s="6">
+      <c r="O21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="7">
         <v>100.0</v>
       </c>
-      <c r="Q21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R21" s="6">
+      <c r="Q21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="R21" s="7">
         <v>100.0</v>
       </c>
-      <c r="S21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T21" s="6">
+      <c r="S21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="T21" s="7">
         <v>100.0</v>
       </c>
-      <c r="U21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="V21" s="6">
+      <c r="U21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="V21" s="7">
         <v>100.0</v>
       </c>
-      <c r="W21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="X21" s="6">
+      <c r="W21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="X21" s="7">
         <v>100.0</v>
       </c>
-      <c r="Y21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Z21" s="6">
+      <c r="Y21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z21" s="7">
         <v>100.0</v>
       </c>
-      <c r="AA21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AB21" s="6">
+      <c r="AA21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="AB21" s="7">
         <v>100.0</v>
       </c>
-      <c r="AC21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AD21" s="6">
+      <c r="AC21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD21" s="7">
         <v>100.0</v>
       </c>
-      <c r="AE21" s="6" t="s">
+      <c r="AE21" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411466/593297</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1939,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
+            <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2682</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>