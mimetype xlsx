--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411897/593728</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems</t>
+      <t xml:space="preserve">Totholzstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6">
         <v>100.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411897/593728</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems</t>
+            <t xml:space="preserve">Totholzstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>