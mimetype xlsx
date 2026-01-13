--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411897/593728</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">nombre de tiges de bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6">
         <v>100.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411897/593728</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">nombre de tiges de bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>