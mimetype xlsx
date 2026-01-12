--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411959/593790</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>12795</v>
       </c>
       <c r="M17" s="6">
         <v>7</v>
       </c>
       <c r="N17" s="6">
         <v>72357</v>
       </c>
       <c r="O17" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411959/593790</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>