--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>development stage</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>quantité de bois mort</t>
+  </si>
+  <si>
+    <t>stade de développement</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...17 lines deleted...]
-    <t>mixed</t>
+    <t>pas d'indication</t>
+  </si>
+  <si>
+    <t>recrû/fourré</t>
+  </si>
+  <si>
+    <t>perchis</t>
+  </si>
+  <si>
+    <t>jeune futaie</t>
+  </si>
+  <si>
+    <t>futaie moyenne</t>
+  </si>
+  <si>
+    <t>vieille futaie</t>
+  </si>
+  <si>
+    <t>mélangé</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412088/593919</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood quantity</t>
+      <t xml:space="preserve">quantité de bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
+    <t>Volume de bois de tige des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), déduction faite du volume des morceaux de tige cassés, ainsi que volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) sans morceaux de bois fort dans les tas de branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">stade de développement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Étape dans l’évolution du peuplement, définie d’après le diamètre à hauteur de poitrine dominant (DHPdom = DHP des 100 plus gros arbres par hectare). Recrû/fourré: DHPdom &lt;12 cm, perchis: DHPdom 12-30 cm, jeune futaie: DHPdom 31-40 cm, futaie moyenne DHPdom 41-50 cm, vieille futaie: DHP &gt; 50 cm, mélangé: arbres à différents stades de développement, absence de stade de développement dominant, ou groupes à différents stades de développement de moins de 5 ares. Source: relevé de terrain (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412088/593919</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood quantity</t>
+            <t xml:space="preserve">quantité de bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">stade de développement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>