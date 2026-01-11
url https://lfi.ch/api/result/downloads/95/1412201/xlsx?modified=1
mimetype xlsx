--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood quantity</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412201/594032</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzmenge</t>
+      <t xml:space="preserve">deadwood quantity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), reduziert um das Volumen der abgebrochenen Schaftstücke, sowie das Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>100.0</v>
       </c>
       <c r="AC24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD24" s="6">
         <v>100.0</v>
       </c>
       <c r="AE24" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412201/594032</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzmenge</t>
+            <t xml:space="preserve">deadwood quantity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>