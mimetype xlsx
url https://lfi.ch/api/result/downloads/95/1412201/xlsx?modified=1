--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>quantità di legno morto</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412201/594032</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood quantity</t>
+      <t xml:space="preserve">quantità di legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
+    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>100.0</v>
       </c>
       <c r="AC24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD24" s="6">
         <v>100.0</v>
       </c>
       <c r="AE24" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412201/594032</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood quantity</t>
+            <t xml:space="preserve">quantità di legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>