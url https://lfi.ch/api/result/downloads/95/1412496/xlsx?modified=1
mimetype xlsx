--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest management intensity</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>intensità della gestione forestale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>normal</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>normale</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>nessuna gestione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412496/594327</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest management intensity</t>
+      <t xml:space="preserve">intensità della gestione forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensity of forest management, classified in three classes according to site quality and the time of the last treatment. Reference: Forest Service Survey (MID 607: Anzahl Jahre seit dem letzten Eingriff); modelled site quality (total growth performance according to Keller 1978)</t>
+    <t>Intensità della gestione forestale in tre classi, derivata dalla fertilità del sito e dalla data dell'ultimo intervento. Fonte: inchiesta presso il servizio forestale (MID 607: Anzahl Jahre seit dem letzten Eingriff), modello per la fertilità (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412496/594327</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest management intensity</t>
+            <t xml:space="preserve">intensità della gestione forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>