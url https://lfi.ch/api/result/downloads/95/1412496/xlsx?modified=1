--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>intensità della gestione forestale</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bewirtschaftungsintensität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>normale</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>normal</t>
+  </si>
+  <si>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>nicht bewirtschaftet</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412496/594327</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità della gestione forestale</t>
+      <t xml:space="preserve">Bewirtschaftungsintensität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensità della gestione forestale in tre classi, derivata dalla fertilità del sito e dalla data dell'ultimo intervento. Fonte: inchiesta presso il servizio forestale (MID 607: Anzahl Jahre seit dem letzten Eingriff), modello per la fertilità (Gesamtwuchsleistung nach Keller 1978)</t>
+    <t>Intensität der Waldbewirtschaftung in drei Klassen, abgeleitet aus der Standortgüte und dem Zeitpunkt des letzten Eingriffs. Grundlage: Forstdienstbefragung (MID 607: Anzahl Jahre seit dem letzten Eingriff); modellierte Standortgüte (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412496/594327</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità della gestione forestale</t>
+            <t xml:space="preserve">Bewirtschaftungsintensität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>