--- v0 (2026-02-14)
+++ v1 (2026-02-14)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>intensità della gestione forestale</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bewirtschaftungsintensität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>normale</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>normal</t>
+  </si>
+  <si>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>nicht bewirtschaftet</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412514/594345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità della gestione forestale</t>
+      <t xml:space="preserve">Bewirtschaftungsintensität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensità della gestione forestale in tre classi, derivata dalla fertilità del sito e dalla data dell'ultimo intervento. Fonte: inchiesta presso il servizio forestale (MID 607: Anzahl Jahre seit dem letzten Eingriff), modello per la fertilità (Gesamtwuchsleistung nach Keller 1978)</t>
+    <t>Intensität der Waldbewirtschaftung in drei Klassen, abgeleitet aus der Standortgüte und dem Zeitpunkt des letzten Eingriffs. Grundlage: Forstdienstbefragung (MID 607: Anzahl Jahre seit dem letzten Eingriff); modellierte Standortgüte (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>152.5</v>
       </c>
       <c r="M17" s="6">
         <v>2</v>
       </c>
       <c r="N17" s="6">
         <v>1176.4</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412514/594345</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità della gestione forestale</t>
+            <t xml:space="preserve">Bewirtschaftungsintensität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>