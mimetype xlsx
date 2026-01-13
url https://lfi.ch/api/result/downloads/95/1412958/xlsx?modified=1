--- v0 (2026-01-11)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>proporzione di aree di saggio in bosco</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022) · area of largest gap (5 classes)</t>
+    <t>bosco di protezione contro cadute di massi (2022) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,293 +172,293 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022)</t>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes)</t>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
   </si>
   <si>
-    <t>small gap 100-500 m2)</t>
+    <t>piccola chiaria (100-500 m2)</t>
   </si>
   <si>
-    <t>medium gap (500-1000 m2)</t>
+    <t>chiaria mediana (500-1000 m2)</t>
   </si>
   <si>
-    <t>large gap (1000-5000 m2)</t>
+    <t>chiaria grande (1000-5000 m2)</t>
   </si>
   <si>
-    <t>very large gap (&gt;5000 m2)</t>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412958/594789</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5793,51 +5793,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ40" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA40" s="6">
         <v>100.0</v>
       </c>
       <c r="BB40" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412958/594789</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -5875,226 +5875,226 @@
       <c r="AR41" s="3"/>
       <c r="AS41" s="3"/>
       <c r="AT41" s="3"/>
       <c r="AU41" s="3"/>
       <c r="AV41" s="3"/>
       <c r="AW41" s="3"/>
       <c r="AX41" s="3"/>
       <c r="AY41" s="3"/>
       <c r="AZ41" s="3"/>
       <c r="BA41" s="3"/>
       <c r="BB41" s="3"/>
     </row>
     <row r="44" spans="1:54">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:54" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:54">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:54" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:54">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:54" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:54">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:54" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>