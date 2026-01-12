--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against hillslope debris flows/landslides (2022)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413591/595422</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413591/595422</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>