--- v0 (2025-12-04)
+++ v1 (2026-03-13)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>extent of damage gaps (10 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzbasalfläche</t>
+  </si>
+  <si>
+    <t>Schadenausmass (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-20%</t>
   </si>
   <si>
     <t>21-30%</t>
   </si>
   <si>
     <t>31-40%</t>
   </si>
   <si>
     <t>41-50%</t>
   </si>
   <si>
     <t>51-60%</t>
   </si>
   <si>
     <t>61-70%</t>
   </si>
   <si>
     <t>71-80%</t>
   </si>
   <si>
     <t>81-90%</t>
   </si>
   <si>
     <t>&gt;90%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1413807/595638</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">Totholzbasalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+      <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1310</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with damage gaps on the interpretation area, and the extent of damage classified into ten classes according to the proportion of the forested interpretation area that is damaged. Reference: Field Survey (MID 601: Ausmass der Schadenfläche)</t>
+    <t>Probeflächen ohne/mit Schadenflächen auf der Interpretationsfläche (50 × 50 m) und Ausmass des Schadens in zehn Klassen, ermittelt aus dem Anteil der Schadenfläche an der bewaldeten Interpretationsfläche. Grundlage: Feldaufnahme (MID 601: Ausmass der Schadenfläche)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>4.0</v>
       </c>
       <c r="M24" s="6">
         <v>8</v>
       </c>
       <c r="N24" s="6">
         <v>3.4</v>
       </c>
       <c r="O24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1413807/595638</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">Totholzbasalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">extent of damage gaps (10 classes)</t>
+            <t xml:space="preserve">Schadenausmass (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1310</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>