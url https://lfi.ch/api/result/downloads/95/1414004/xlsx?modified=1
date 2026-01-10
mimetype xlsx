--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>protection forest (2022) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest (2022)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414004/595835</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022)</t>
+      <t xml:space="preserve">protective forest (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von SilvaProtect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten. Im Jahr 2022 verfügte der Kanton Aargau noch über keine Schutzwaldausscheidung. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414004/595835</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022)</t>
+            <t xml:space="preserve">protective forest (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>