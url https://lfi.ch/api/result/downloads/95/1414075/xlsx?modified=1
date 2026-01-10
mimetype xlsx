--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414075/595906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414075/595906</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>