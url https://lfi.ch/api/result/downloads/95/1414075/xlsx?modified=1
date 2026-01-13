--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · area of largest gap (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>area of largest gap (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>outside</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>piccola chiaria (100-500 m2)</t>
+  </si>
+  <si>
+    <t>chiaria mediana (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria grande (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414075/595906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414075/595906</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>