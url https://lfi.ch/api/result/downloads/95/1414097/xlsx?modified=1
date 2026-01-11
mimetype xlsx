--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro valanghe (2022) · superficie della chiaria più grande (5 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022) · Fläche der grössten Lücke (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>superficie della chiaria più grande (5 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022)</t>
+  </si>
+  <si>
+    <t>Fläche der grössten Lücke (5 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna chiaria (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>all'esterno</t>
+    <t>keine Lücke (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>kleine Lücke (100-500 m2)</t>
+  </si>
+  <si>
+    <t>mittlere Lücke (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>grosse Lücke (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>sehr grosse Lücke (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414097/595928</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
+    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414097/595928</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>