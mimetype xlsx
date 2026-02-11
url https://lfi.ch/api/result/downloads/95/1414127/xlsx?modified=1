--- v0 (2025-11-28)
+++ v1 (2026-02-11)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of shrub forest (aerial photo)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie degli arbusteti</t>
+  </si>
+  <si>
+    <t>tipo di arbusteto (foto aeree)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: arbusteto</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure shrub forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>arbusteto puro</t>
+  </si>
+  <si>
+    <t>arbusteto con singoli alberi</t>
+  </si>
+  <si>
+    <t>nessun arbusteto</t>
+  </si>
+  <si>
+    <t>non interpretabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1414127/595958</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">superficie degli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Insieme delle superfici che corrispondono alla definizione IFN degli arbusteti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+      <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
+    <t>Tipo di arbusteto con le forme «arbusteto puro» e «arbusteto con alberi» secondo l'interpretazione di foto aeree. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Bosco coperto per più di due terzi da arbusti. Come arbusteti vengono considerati principalmente i boschi di drosa e pino mugo, ma anche i noccioleti e soprassuoli simili. Fonte: rilievo sul terreno (MID 576: Deckungsgrad Sträuchern), a volte anche interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1414127/595958</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">superficie degli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+            <t xml:space="preserve">tipo di arbusteto (foto aeree)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>