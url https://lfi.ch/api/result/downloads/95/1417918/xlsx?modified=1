--- v0 (2026-01-09)
+++ v1 (2026-01-13)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · naturalness of the proportion of conifers</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · carattere naturale della proporzione di conifere</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>naturalness of the proportion of conifers</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>carattere naturale della proporzione di conifere</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>very unnatural</t>
-[...20 lines deleted...]
-    <t>private</t>
+    <t>molto lontano</t>
+  </si>
+  <si>
+    <t>lontano</t>
+  </si>
+  <si>
+    <t>moderatamente lontano</t>
+  </si>
+  <si>
+    <t>vicino</t>
+  </si>
+  <si>
+    <t>areale dei boschi di conifere</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1417918/599873</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">naturalness of the proportion of conifers</t>
+      <t xml:space="preserve">carattere naturale della proporzione di conifere</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2691</t>
     </r>
   </si>
   <si>
-    <t>Correspondence between the actual proportion of conifers in a stand and the postulated natural proportion of conifers in the corresponding potential natural vegetation (PNV). Reference: NaiS site types, aggregated into groups with similar mixing and regeneration objectives («Gfein») according to the NaiS-NFI project (Arge Frehner et al. 2020) for the PNV; classification of the proportion of conifers according to the Kienast method; Field Survey (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Corrispondenza dell'attuale proporzione di conifere di un popolamento con la proporzione naturale prevista secondo il modello della vegetazione naturale potenziale (VNP). Fonti: tipologie forestali NaiS, aggregate in gruppi con simile grado di mescolanza ed obiettivo di ringiovanimento in base al progetto NaiS-LFI (Arge Frehner et al. 2020) per la VNP; classificazione della proporzione di conifere secondo il metodo Kienast; rilievo sul terreno (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1417918/599873</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">naturalness of the proportion of conifers</t>
+            <t xml:space="preserve">carattere naturale della proporzione di conifere</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>