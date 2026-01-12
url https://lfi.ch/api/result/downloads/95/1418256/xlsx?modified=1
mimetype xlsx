--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>naturalness of the proportion of conifers</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>carattere naturale della proporzione di conifere</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>molto lontano</t>
+  </si>
+  <si>
+    <t>lontano</t>
+  </si>
+  <si>
+    <t>moderatamente lontano</t>
+  </si>
+  <si>
+    <t>vicino</t>
+  </si>
+  <si>
+    <t>areale dei boschi di conifere</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1418256/600211</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">naturalness of the proportion of conifers</t>
+      <t xml:space="preserve">carattere naturale della proporzione di conifere</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2691</t>
     </r>
   </si>
   <si>
-    <t>Correspondence between the actual proportion of conifers in a stand and the postulated natural proportion of conifers in the corresponding potential natural vegetation (PNV). Reference: NaiS site types, aggregated into groups with similar mixing and regeneration objectives («Gfein») according to the NaiS-NFI project (Arge Frehner et al. 2020) for the PNV; classification of the proportion of conifers according to the Kienast method; Field Survey (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Corrispondenza dell'attuale proporzione di conifere di un popolamento con la proporzione naturale prevista secondo il modello della vegetazione naturale potenziale (VNP). Fonti: tipologie forestali NaiS, aggregate in gruppi con simile grado di mescolanza ed obiettivo di ringiovanimento in base al progetto NaiS-LFI (Arge Frehner et al. 2020) per la VNP; classificazione della proporzione di conifere secondo il metodo Kienast; rilievo sul terreno (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1418256/600211</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">naturalness of the proportion of conifers</t>
+            <t xml:space="preserve">carattere naturale della proporzione di conifere</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>