--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · cause of damage gap</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Verhältnis der Schadenflächenarten</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen) · Ursache der Schadenfläche</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>cause of damage gap</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
+  </si>
+  <si>
+    <t>Ursache der Schadenfläche</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>wind</t>
-[...50 lines deleted...]
-    <t>private</t>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Schneelast</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Steinschlag</t>
+  </si>
+  <si>
+    <t>Murgang, Rutschung</t>
+  </si>
+  <si>
+    <t>Hochwasser</t>
+  </si>
+  <si>
+    <t>Waldbrand</t>
+  </si>
+  <si>
+    <t>Insekten</t>
+  </si>
+  <si>
+    <t>Pilze, Viren, Bakterien</t>
+  </si>
+  <si>
+    <t>Wildtiere</t>
+  </si>
+  <si>
+    <t>Vieh</t>
+  </si>
+  <si>
+    <t>Holzernte</t>
+  </si>
+  <si>
+    <t>andere menschliche Ursache</t>
+  </si>
+  <si>
+    <t>Vitalitätsverlust durch Trockenheit</t>
+  </si>
+  <si>
+    <t>übriger Vitalitätsverlust</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419207/600564</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ratio of the types of damage gaps</t>
+      <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
+    <t>Verhältnis der verschiedenen Schadenereignisse (z.B. Wind, Insekten), die zu Schadenflächen geführt haben. Ermittelt wird das Verhältnis anhand derjenigen Schadenflächen, die mindestens 10% der Interpretationsfläche (50 × 50 m) ausmachen und auf denen gemässs den Angaben des lokalen Forstdienstes nur ein Schadenereignis auftrat. Die Zielgrösse erlaubt so Vergleiche zwischen den Inventuren ab dem LFI3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage gap</t>
+      <t xml:space="preserve">Ursache der Schadenfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Ereignis, das die Schadenfläche verursachte (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte). Grundlage: Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4228,270 +4228,270 @@
         <v>100.0</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O80" s="6">
         <v>100.0</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="21.75">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419207/600564</t>
           </r>
         </is>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
       <c r="P81" s="3"/>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ratio of the types of damage gaps</t>
+            <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage gap</t>
+            <t xml:space="preserve">Ursache der Schadenfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="29">
       <c r="A94" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="29">
       <c r="A97" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="29">
       <c r="A100" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>