--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>sample size (number of forest plots)</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...57 lines deleted...]
-    <t>Stk.</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419452/600809</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+      <t xml:space="preserve">sample size (number of forest plots)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
+    <t>Number of forest sample plots (Plots).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,80 +727,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1386,51 +1386,51 @@
         <v>543</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>3759</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419452/600809</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+            <t xml:space="preserve">sample size (number of forest plots)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>